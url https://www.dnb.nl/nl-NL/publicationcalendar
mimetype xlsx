--- v0 (2025-12-14)
+++ v1 (2026-01-08)
@@ -1,282 +1,159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77353637a4ec4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb4dcedc547a4a9089186bd62489f27c.psmdcp" Id="R5784014e44144200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8831493c4edd4bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59704c85bbf442049415cd96174de01e.psmdcp" Id="R9e682fd5de5c47fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Entries" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Publicatiekalender</x:t>
   </x:si>
   <x:si>
-    <x:t>Laatste update: 03/12/2025</x:t>
+    <x:t>Laatste update: 17/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Publicatiedatum</x:t>
   </x:si>
   <x:si>
     <x:t>Onderwerp</x:t>
   </x:si>
   <x:si>
     <x:t>Periodiciteit</x:t>
   </x:si>
   <x:si>
     <x:t>Verslagperiode</x:t>
   </x:si>
   <x:si>
     <x:t>Tabel</x:t>
   </x:si>
   <x:si>
-    <x:t>Kredietverlening MKB</x:t>
+    <x:t>Emissies van effecten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.1, 4.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omvang niet-bancaire financiële intermediatie (NBFI)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>J</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rentetarieven van de Europese Centrale Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landenrisico banken</x:t>
   </x:si>
   <x:si>
     <x:t>K</x:t>
   </x:si>
   <x:si>
     <x:t>K3/25</x:t>
   </x:si>
   <x:si>
-    <x:t>5.14</x:t>
-[...35 lines deleted...]
-    <x:t>Balansen verzekeringsinstellingen</x:t>
+    <x:t>5.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beleggingsfondsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.6.1.1, 6.6.1.2, 6.6.2.1, 6.6.2.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Betalingsbalans, internationaal goederen- en dienstenverkeer, directe investeringen, effectenverkeer, derivaten en overig financieel verkeer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.1, 12.10, 12.11, 12.12, 12.13, 12.14, 12.15, 12.2, 12.20, 12.23, 12.24, 12.3, 12.4, 12.5, 12.6, 12.7, 12.8, 12.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bijzondere Financiële Instellingen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.1, 15.2, 15.3, 15.4, 15.5, 15.6</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Financiële gegevens verzekeraars (Solvency II) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.7, 7.8, 7.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beleidsdekkingsgraad pensioenfondsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omvang en verdeling hypotheekmarkt</x:t>
   </x:si>
   <x:si>
     <x:t>K3/2025</x:t>
-  </x:si>
-[...151 lines deleted...]
-    <x:t>Omvang en verdeling hypotheekmarkt</x:t>
   </x:si>
   <x:si>
     <x:t>13.0</x:t>
   </x:si>
   <x:si>
     <x:t>Uitgiftes groene obligaties</x:t>
   </x:si>
   <x:si>
     <x:t>4.5.2</x:t>
   </x:si>
   <x:si>
     <x:t>Betalingsverkeer</x:t>
   </x:si>
   <x:si>
     <x:t>5.12</x:t>
   </x:si>
   <x:si>
     <x:t>Gegevens individuele banken</x:t>
   </x:si>
   <x:si>
     <x:t>H</x:t>
   </x:si>
   <x:si>
     <x:t>H1/25</x:t>
   </x:si>
@@ -748,665 +625,308 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E36"/>
+  <x:dimension ref="A1:E15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="6" max="16384" width="9.140625" style="1" customWidth="1"/>
     <x:col min="1" max="1" width="16.424911" style="1" customWidth="1"/>
     <x:col min="2" max="2" width="43.210625" style="2" customWidth="1"/>
     <x:col min="3" max="3" width="10.710625" style="1" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="1" customWidth="1"/>
     <x:col min="5" max="5" width="21.210625" style="2" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E1" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="5" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="6" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C2" s="5" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D2" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E2" s="7" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="8">
-        <x:v>45994</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B3" s="9" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C3" s="10" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="10" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="9" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="8">
-        <x:v>45995</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B4" s="9" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="10" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="10" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="9" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="8">
-        <x:v>45995</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B5" s="9" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="10" t="s">
-        <x:v>12</x:v>
-[...2 lines deleted...]
-        <x:v>13</x:v>
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D5" s="8">
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="E5" s="9" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="8">
-        <x:v>45996</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B6" s="9" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C6" s="10" t="s">
-        <x:v>12</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D6" s="10" t="s">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E6" s="9" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="8">
-        <x:v>45999</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B7" s="9" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C7" s="10" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="D7" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="C7" s="10" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E7" s="9" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="8">
-        <x:v>45999</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B8" s="9" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C8" s="10" t="s">
-        <x:v>8</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D8" s="10" t="s">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E8" s="9" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="8">
-        <x:v>45999</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B9" s="9" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C9" s="10" t="s">
-        <x:v>8</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D9" s="10" t="s">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E9" s="9" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="8">
-        <x:v>46000</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B10" s="9" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C10" s="10" t="s">
-        <x:v>8</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D10" s="10" t="s">
-        <x:v>9</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E10" s="9" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="8">
-        <x:v>46000</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B11" s="9" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C11" s="10" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="10" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E11" s="9" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="8">
-        <x:v>46000</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B12" s="9" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C12" s="10" t="s">
-        <x:v>8</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D12" s="10" t="s">
-        <x:v>9</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E12" s="9" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="8">
-        <x:v>46000</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B13" s="9" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C13" s="10" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="10" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E13" s="9" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="8">
-        <x:v>46000</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B14" s="9" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C14" s="10" t="s">
-        <x:v>8</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D14" s="10" t="s">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E14" s="9" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="8">
-        <x:v>46000</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B15" s="9" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C15" s="10" t="s">
-        <x:v>8</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D15" s="10" t="s">
-        <x:v>9</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E15" s="9" t="s">
-        <x:v>38</x:v>
-[...32 lines deleted...]
-      <x:c r="E17" s="9" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...321 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Entries</vt:lpstr>
       <vt:lpstr>Entries!Print_Area</vt:lpstr>
       <vt:lpstr>Entries!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>