--- v1 (2026-01-08)
+++ v2 (2026-03-17)
@@ -1,186 +1,501 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8831493c4edd4bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59704c85bbf442049415cd96174de01e.psmdcp" Id="R9e682fd5de5c47fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c2a37b709044d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b81bc64f8694b1991ddd2137327fb8a.psmdcp" Id="R909bc5287d024ef6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Entries" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Publicatiekalender</x:t>
   </x:si>
   <x:si>
-    <x:t>Laatste update: 17/12/2025</x:t>
+    <x:t>Laatste update: 17/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Publicatiedatum</x:t>
   </x:si>
   <x:si>
     <x:t>Onderwerp</x:t>
   </x:si>
   <x:si>
     <x:t>Periodiciteit</x:t>
   </x:si>
   <x:si>
     <x:t>Verslagperiode</x:t>
   </x:si>
   <x:si>
     <x:t>Tabel</x:t>
   </x:si>
   <x:si>
     <x:t>Emissies van effecten</x:t>
   </x:si>
   <x:si>
     <x:t>M</x:t>
   </x:si>
   <x:si>
-    <x:t>11/25</x:t>
+    <x:t>02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>4.1, 4.2</x:t>
   </x:si>
   <x:si>
+    <x:t>Beleggingsfondsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>J</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.6.1.2, 6.6.2.1, 6.6.2.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K4/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.6.1.1, 6.6.1.2, 6.6.2.1, 6.6.2.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Betalingsbalans, internationaal goederen- en dienstenverkeer, directe investeringen, effectenverkeer, derivaten en overig financieel verkeer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.1, 12.10, 12.11, 12.12, 12.13, 12.14, 12.15, 12.2, 12.20, 12.23, 12.24, 12.3, 12.4, 12.5, 12.6, 12.7, 12.8, 12.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bijzondere Financiële Instellingen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.1, 15.2, 15.3, 15.4, 15.5, 15.6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Landenrisico banken</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Balans van De Nederlandsche Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Financiële gegevens verzekeraars (Solvency II) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.7, 7.8, 7.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kernindicatoren monetaire statistieken</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kredietverlening en aangetrokken deposito's banken</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.2, 5.2.1, 5.2.2, 5.2.3, 5.2.5, 5.2.6, 5.3, 5.4, gmon2, gmon3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beleidsdekkingsgraad pensioenfondsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Betalingsverkeer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omvang en verdeling hypotheekmarkt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uitgiftes groene obligaties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.5.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Debet- en creditrentes van banken</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.2.7.1, 5.2.7.2, 5.2.7.3, 5.2.7.4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kernindicatoren monetaire statistieken (update)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Registers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K1/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.6, 8.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rente en wisselkoersen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D, M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rentetermijnstructuur pensioenfondsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Internationale reserves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Obligaties uitgegeven door Nederlandse securitisatievehikels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Bank Survey van de Nederlandsche Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.1.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enquête kredietverlening</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Internationale kredietverlening banken</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Macro-economisch scorebord</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gesecuritiseerde activa Nederlandse securitisatievehikels (voorlopige cijfers)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beleggingen van Nederlandse huishoudens in effecten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Houderschap groene obligaties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.5.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Houderschap Nederlands staatspapier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.3.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nederlandse beleggingen in wereldwijde effecten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beleggingsinstellingen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.1, 6.1.1, 6.1.2, 6.2.1, 6.2.2, 6.3.1, 6.3.2, 6.4, 6.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Balans van Financiële Hulpbedrijven</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.1, 19.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Balans van Overige Financiële Intermediairs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.1, 9.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gesecuritiseerde activa Nederlandse securitisatievehikels (definitieve data)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leningen naar leningtype en securitisatie-aard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Belegd pensioenvermogen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.9, 8.9.1, 8.9.2, 8.9.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gegevens individuele pensioenfondsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Premiepensioeninstellingen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.1, 14.2, 14.3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toeslaggegevens pensioenfondsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Balansen pensioenfondsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.1.1BC, 8.1.2.1BC, 8.1.2.2BC, 8.1.3, 8.1.4, 8.1BC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Balansen verzekeringsinstellingen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.1.1BC, 7.1.2.1BC, 7.1.2.2BC, 7.1.3, 7.1BC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woninghypotheken verstrekt door Nederlandse institutionele beleggers aan huishoudens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Balansen kredietinstellingen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baten en lasten van kredietinstellingen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concentratie indicatoren Nederlands bankwezen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.2.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Financiële Stabiliteitsindicatoren</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Structuurindicatoren Nederlands bankwezen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.2.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beleggingsfondsen (revisie)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 (update)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K1/2026 (update)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gegevens individuele banken</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H2/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K2/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Statistische aggregaten in kader van Europese Supervisory Disclosure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.10, 7.12, 7.13, 7.14, 7.16, 7.17, 7.18, 7.7, 7.8, 7.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Onderhandse derivatencontracten bij banken</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H1/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pensioenregelingen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.11, 8.12, 8.13, 8.14, 8.15, 8.15.2, 8.16, 8.16.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toezichtgegevens pensioenfondsen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.2, 8.3, 8.4, 8.6, 8.7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.1, 12.10, 12.11, 12.13, 12.14, 12.15, 12.18, 12.20, 12.23, 12.24, 12.3, 12.4, 12.5, 12.6, 12.7, 12.8, 12.9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Directe investeringen in Nederland en het buitenland, uitgesplitst naar geografie en bedrijfsklasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.18, 12.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Directe investeringen uitgesplitst naar inclusief/exclusief BFI’s en geografie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.16, 12.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>K3/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geografische spreiding inkomensstromen (rente, royalty's en dividenden)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2015-2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Omvang niet-bancaire financiële intermediatie (NBFI)</x:t>
   </x:si>
   <x:si>
-    <x:t>J</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>16.1</x:t>
   </x:si>
   <x:si>
-    <x:t>Rentetarieven van de Europese Centrale Bank</x:t>
-[...80 lines deleted...]
-    <x:t>5.15</x:t>
+    <x:t>K3/2026 (update)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="dd/MM/yyyy"/>
   </x:numFmts>
   <x:fonts count="3">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="8.5"/>
       <x:color rgb="FF000000"/>
       <x:name val="Verdana"/>
       <x:family val="2"/>
     </x:font>
@@ -625,308 +940,4218 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E15"/>
+  <x:dimension ref="A1:E245"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="6" max="16384" width="9.140625" style="1" customWidth="1"/>
     <x:col min="1" max="1" width="16.424911" style="1" customWidth="1"/>
     <x:col min="2" max="2" width="43.210625" style="2" customWidth="1"/>
     <x:col min="3" max="3" width="10.710625" style="1" customWidth="1"/>
-    <x:col min="4" max="4" width="13.853482" style="1" customWidth="1"/>
+    <x:col min="4" max="4" width="15.996339" style="1" customWidth="1"/>
     <x:col min="5" max="5" width="21.210625" style="2" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E1" s="4" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="5" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="6" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C2" s="5" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D2" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E2" s="7" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="8">
-        <x:v>46008</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B3" s="9" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C3" s="10" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="10" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="9" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="8">
-        <x:v>46009</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B4" s="9" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="10" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D4" s="10" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="9" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="8">
-        <x:v>46009</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B5" s="9" t="s">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D5" s="10" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46009</x:v>
       </x:c>
       <x:c r="E5" s="9" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="8">
-        <x:v>46014</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B6" s="9" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C6" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D6" s="10" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E6" s="9" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="8">
-        <x:v>46015</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B7" s="9" t="s">
-        <x:v>22</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C7" s="10" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="10" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E7" s="9" t="s">
-        <x:v>23</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="8">
-        <x:v>46015</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B8" s="9" t="s">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="10" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D8" s="10" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E8" s="9" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="8">
-        <x:v>46015</x:v>
+        <x:v>46108</x:v>
       </x:c>
       <x:c r="B9" s="9" t="s">
-        <x:v>26</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="10" t="s">
-        <x:v>19</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D9" s="10" t="s">
-        <x:v>20</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E9" s="9" t="s">
-        <x:v>27</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="8">
-        <x:v>46015</x:v>
+        <x:v>46108</x:v>
       </x:c>
       <x:c r="B10" s="9" t="s">
-        <x:v>28</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C10" s="10" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D10" s="10" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E10" s="9" t="s">
-        <x:v>29</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="8">
-        <x:v>46021</x:v>
+        <x:v>46108</x:v>
       </x:c>
       <x:c r="B11" s="9" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C11" s="10" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D11" s="10" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E11" s="9" t="s">
-        <x:v>31</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="8">
-        <x:v>46021</x:v>
+        <x:v>46108</x:v>
       </x:c>
       <x:c r="B12" s="9" t="s">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C12" s="10" t="s">
-        <x:v>19</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D12" s="10" t="s">
-        <x:v>33</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E12" s="9" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="8">
-        <x:v>46021</x:v>
+        <x:v>46112</x:v>
       </x:c>
       <x:c r="B13" s="9" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="10" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D13" s="10" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E13" s="9" t="s">
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="8">
-        <x:v>46022</x:v>
+        <x:v>46112</x:v>
       </x:c>
       <x:c r="B14" s="9" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="10" t="s">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D14" s="10" t="s">
-        <x:v>20</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E14" s="9" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="8">
-        <x:v>46022</x:v>
+        <x:v>46112</x:v>
       </x:c>
       <x:c r="B15" s="9" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C15" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D15" s="10" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E15" s="9" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="8">
+        <x:v>46112</x:v>
+      </x:c>
+      <x:c r="B16" s="9" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C16" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D16" s="10" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E16" s="9" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="C15" s="10" t="s">
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="8">
+        <x:v>46114</x:v>
+      </x:c>
+      <x:c r="B17" s="9" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="D15" s="10" t="s">
+      <x:c r="C17" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D17" s="10" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E17" s="9" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="E15" s="9" t="s">
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="8">
+        <x:v>46114</x:v>
+      </x:c>
+      <x:c r="B18" s="9" t="s">
         <x:v>42</x:v>
+      </x:c>
+      <x:c r="C18" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D18" s="10" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="E18" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="8">
+        <x:v>46114</x:v>
+      </x:c>
+      <x:c r="B19" s="9" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C19" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D19" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E19" s="9" t="s">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="8">
+        <x:v>46114</x:v>
+      </x:c>
+      <x:c r="B20" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C20" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D20" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E20" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="8">
+        <x:v>46114</x:v>
+      </x:c>
+      <x:c r="B21" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C21" s="10" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D21" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E21" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="8">
+        <x:v>46114</x:v>
+      </x:c>
+      <x:c r="B22" s="9" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C22" s="10" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D22" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E22" s="9" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="8">
+        <x:v>46119</x:v>
+      </x:c>
+      <x:c r="B23" s="9" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C23" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D23" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E23" s="9" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="8">
+        <x:v>46120</x:v>
+      </x:c>
+      <x:c r="B24" s="9" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C24" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D24" s="10" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E24" s="9" t="s">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="8">
+        <x:v>46126</x:v>
+      </x:c>
+      <x:c r="B25" s="9" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C25" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D25" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E25" s="9" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="8">
+        <x:v>46133</x:v>
+      </x:c>
+      <x:c r="B26" s="9" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C26" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D26" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E26" s="9" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="8">
+        <x:v>46140</x:v>
+      </x:c>
+      <x:c r="B27" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C27" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D27" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E27" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="8">
+        <x:v>46140</x:v>
+      </x:c>
+      <x:c r="B28" s="9" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C28" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D28" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E28" s="9" t="s">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="8">
+        <x:v>46142</x:v>
+      </x:c>
+      <x:c r="B29" s="9" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C29" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D29" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E29" s="9" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="8">
+        <x:v>46142</x:v>
+      </x:c>
+      <x:c r="B30" s="9" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C30" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D30" s="10" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E30" s="9" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="8">
+        <x:v>46142</x:v>
+      </x:c>
+      <x:c r="B31" s="9" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C31" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D31" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E31" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="8">
+        <x:v>46142</x:v>
+      </x:c>
+      <x:c r="B32" s="9" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C32" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D32" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E32" s="9" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="8">
+        <x:v>46142</x:v>
+      </x:c>
+      <x:c r="B33" s="9" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C33" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D33" s="10" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="E33" s="9" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="8">
+        <x:v>46142</x:v>
+      </x:c>
+      <x:c r="B34" s="9" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C34" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D34" s="10" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E34" s="9" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="8">
+        <x:v>46142</x:v>
+      </x:c>
+      <x:c r="B35" s="9" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C35" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D35" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E35" s="9" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="8">
+        <x:v>46146</x:v>
+      </x:c>
+      <x:c r="B36" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C36" s="10" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D36" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E36" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="8">
+        <x:v>46146</x:v>
+      </x:c>
+      <x:c r="B37" s="9" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C37" s="10" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D37" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E37" s="9" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="8">
+        <x:v>46149</x:v>
+      </x:c>
+      <x:c r="B38" s="9" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C38" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D38" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E38" s="9" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="8">
+        <x:v>46149</x:v>
+      </x:c>
+      <x:c r="B39" s="9" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C39" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D39" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E39" s="9" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="8">
+        <x:v>46149</x:v>
+      </x:c>
+      <x:c r="B40" s="9" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C40" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D40" s="10" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="E40" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="8">
+        <x:v>46155</x:v>
+      </x:c>
+      <x:c r="B41" s="9" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C41" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D41" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E41" s="9" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="8">
+        <x:v>46160</x:v>
+      </x:c>
+      <x:c r="B42" s="9" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C42" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D42" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E42" s="9" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="8">
+        <x:v>46163</x:v>
+      </x:c>
+      <x:c r="B43" s="9" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C43" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D43" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E43" s="9" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="8">
+        <x:v>46163</x:v>
+      </x:c>
+      <x:c r="B44" s="9" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C44" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D44" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E44" s="9" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="8">
+        <x:v>46163</x:v>
+      </x:c>
+      <x:c r="B45" s="9" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C45" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D45" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E45" s="9" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="8">
+        <x:v>46163</x:v>
+      </x:c>
+      <x:c r="B46" s="9" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C46" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D46" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E46" s="9" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="8">
+        <x:v>46163</x:v>
+      </x:c>
+      <x:c r="B47" s="9" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C47" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D47" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E47" s="9" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="8">
+        <x:v>46164</x:v>
+      </x:c>
+      <x:c r="B48" s="9" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C48" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D48" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E48" s="9" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="8">
+        <x:v>46168</x:v>
+      </x:c>
+      <x:c r="B49" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C49" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D49" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E49" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="8">
+        <x:v>46171</x:v>
+      </x:c>
+      <x:c r="B50" s="9" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C50" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D50" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E50" s="9" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="8">
+        <x:v>46175</x:v>
+      </x:c>
+      <x:c r="B51" s="9" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C51" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D51" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E51" s="9" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="8">
+        <x:v>46175</x:v>
+      </x:c>
+      <x:c r="B52" s="9" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C52" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D52" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E52" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="8">
+        <x:v>46175</x:v>
+      </x:c>
+      <x:c r="B53" s="9" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C53" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D53" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E53" s="9" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="8">
+        <x:v>46175</x:v>
+      </x:c>
+      <x:c r="B54" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C54" s="10" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D54" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E54" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="8">
+        <x:v>46175</x:v>
+      </x:c>
+      <x:c r="B55" s="9" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C55" s="10" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D55" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E55" s="9" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="8">
+        <x:v>46178</x:v>
+      </x:c>
+      <x:c r="B56" s="9" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C56" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D56" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E56" s="9" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="8">
+        <x:v>46181</x:v>
+      </x:c>
+      <x:c r="B57" s="9" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C57" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D57" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E57" s="9" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="8">
+        <x:v>46181</x:v>
+      </x:c>
+      <x:c r="B58" s="9" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C58" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D58" s="10" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="E58" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="8">
+        <x:v>46182</x:v>
+      </x:c>
+      <x:c r="B59" s="9" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C59" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D59" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E59" s="9" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="8">
+        <x:v>46182</x:v>
+      </x:c>
+      <x:c r="B60" s="9" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C60" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D60" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E60" s="9" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="8">
+        <x:v>46182</x:v>
+      </x:c>
+      <x:c r="B61" s="9" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C61" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D61" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E61" s="9" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="8">
+        <x:v>46182</x:v>
+      </x:c>
+      <x:c r="B62" s="9" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C62" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D62" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E62" s="9" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="8">
+        <x:v>46184</x:v>
+      </x:c>
+      <x:c r="B63" s="9" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C63" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D63" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E63" s="9" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="8">
+        <x:v>46184</x:v>
+      </x:c>
+      <x:c r="B64" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C64" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D64" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E64" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="8">
+        <x:v>46184</x:v>
+      </x:c>
+      <x:c r="B65" s="9" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C65" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D65" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E65" s="9" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="8">
+        <x:v>46184</x:v>
+      </x:c>
+      <x:c r="B66" s="9" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C66" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D66" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E66" s="9" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="8">
+        <x:v>46184</x:v>
+      </x:c>
+      <x:c r="B67" s="9" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C67" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D67" s="10" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E67" s="9" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="8">
+        <x:v>46185</x:v>
+      </x:c>
+      <x:c r="B68" s="9" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C68" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D68" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E68" s="9" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="8">
+        <x:v>46185</x:v>
+      </x:c>
+      <x:c r="B69" s="9" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C69" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D69" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E69" s="9" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="8">
+        <x:v>46185</x:v>
+      </x:c>
+      <x:c r="B70" s="9" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C70" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D70" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E70" s="9" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="8">
+        <x:v>46185</x:v>
+      </x:c>
+      <x:c r="B71" s="9" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C71" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D71" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E71" s="9" t="s">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="8">
+        <x:v>46189</x:v>
+      </x:c>
+      <x:c r="B72" s="9" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C72" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D72" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E72" s="9" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="8">
+        <x:v>46189</x:v>
+      </x:c>
+      <x:c r="B73" s="9" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C73" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D73" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E73" s="9" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="8">
+        <x:v>46189</x:v>
+      </x:c>
+      <x:c r="B74" s="9" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C74" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D74" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E74" s="9" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="8">
+        <x:v>46189</x:v>
+      </x:c>
+      <x:c r="B75" s="9" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C75" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D75" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E75" s="9" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="8">
+        <x:v>46189</x:v>
+      </x:c>
+      <x:c r="B76" s="9" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C76" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D76" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E76" s="9" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="8">
+        <x:v>46191</x:v>
+      </x:c>
+      <x:c r="B77" s="9" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C77" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D77" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E77" s="9" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="8">
+        <x:v>46197</x:v>
+      </x:c>
+      <x:c r="B78" s="9" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C78" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D78" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E78" s="9" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="8">
+        <x:v>46197</x:v>
+      </x:c>
+      <x:c r="B79" s="9" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C79" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D79" s="10" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E79" s="9" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="8">
+        <x:v>46197</x:v>
+      </x:c>
+      <x:c r="B80" s="9" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C80" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D80" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E80" s="9" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="8">
+        <x:v>46197</x:v>
+      </x:c>
+      <x:c r="B81" s="9" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C81" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D81" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E81" s="9" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="8">
+        <x:v>46199</x:v>
+      </x:c>
+      <x:c r="B82" s="9" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C82" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D82" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E82" s="9" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="8">
+        <x:v>46202</x:v>
+      </x:c>
+      <x:c r="B83" s="9" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C83" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D83" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E83" s="9" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="8">
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B84" s="9" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C84" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D84" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E84" s="9" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="8">
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B85" s="9" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C85" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D85" s="10" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E85" s="9" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="8">
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B86" s="9" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C86" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D86" s="10" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E86" s="9" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="8">
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B87" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C87" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D87" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E87" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="8">
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B88" s="9" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C88" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D88" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E88" s="9" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="8">
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B89" s="9" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C89" s="10" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D89" s="10" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="E89" s="9" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="8">
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B90" s="9" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C90" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D90" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E90" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="8">
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B91" s="9" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C91" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D91" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E91" s="9" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="8">
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B92" s="9" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C92" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D92" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E92" s="9" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="8">
+        <x:v>46203</x:v>
+      </x:c>
+      <x:c r="B93" s="9" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C93" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D93" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E93" s="9" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="8">
+        <x:v>46205</x:v>
+      </x:c>
+      <x:c r="B94" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C94" s="10" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D94" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E94" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="8">
+        <x:v>46205</x:v>
+      </x:c>
+      <x:c r="B95" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C95" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D95" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E95" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="8">
+        <x:v>46205</x:v>
+      </x:c>
+      <x:c r="B96" s="9" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C96" s="10" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D96" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E96" s="9" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="8">
+        <x:v>46206</x:v>
+      </x:c>
+      <x:c r="B97" s="9" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C97" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D97" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E97" s="9" t="s">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="8">
+        <x:v>46209</x:v>
+      </x:c>
+      <x:c r="B98" s="9" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C98" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D98" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E98" s="9" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="8">
+        <x:v>46209</x:v>
+      </x:c>
+      <x:c r="B99" s="9" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C99" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D99" s="10" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E99" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="8">
+        <x:v>46210</x:v>
+      </x:c>
+      <x:c r="B100" s="9" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C100" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D100" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E100" s="9" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="8">
+        <x:v>46217</x:v>
+      </x:c>
+      <x:c r="B101" s="9" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C101" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D101" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E101" s="9" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="8">
+        <x:v>46219</x:v>
+      </x:c>
+      <x:c r="B102" s="9" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C102" s="10" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D102" s="10" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="E102" s="9" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="8">
+        <x:v>46220</x:v>
+      </x:c>
+      <x:c r="B103" s="9" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C103" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D103" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E103" s="9" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="8">
+        <x:v>46224</x:v>
+      </x:c>
+      <x:c r="B104" s="9" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C104" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D104" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E104" s="9" t="s">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="8">
+        <x:v>46231</x:v>
+      </x:c>
+      <x:c r="B105" s="9" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C105" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D105" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E105" s="9" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="8">
+        <x:v>46231</x:v>
+      </x:c>
+      <x:c r="B106" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C106" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D106" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E106" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="8">
+        <x:v>46231</x:v>
+      </x:c>
+      <x:c r="B107" s="9" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C107" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D107" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E107" s="9" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="8">
+        <x:v>46231</x:v>
+      </x:c>
+      <x:c r="B108" s="9" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C108" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D108" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E108" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="8">
+        <x:v>46231</x:v>
+      </x:c>
+      <x:c r="B109" s="9" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C109" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D109" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E109" s="9" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="8">
+        <x:v>46234</x:v>
+      </x:c>
+      <x:c r="B110" s="9" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C110" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D110" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E110" s="9" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="8">
+        <x:v>46234</x:v>
+      </x:c>
+      <x:c r="B111" s="9" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C111" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D111" s="10" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E111" s="9" t="s">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="8">
+        <x:v>46234</x:v>
+      </x:c>
+      <x:c r="B112" s="9" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C112" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D112" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E112" s="9" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="8">
+        <x:v>46237</x:v>
+      </x:c>
+      <x:c r="B113" s="9" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C113" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D113" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E113" s="9" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="8">
+        <x:v>46237</x:v>
+      </x:c>
+      <x:c r="B114" s="9" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C114" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D114" s="10" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E114" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="8">
+        <x:v>46238</x:v>
+      </x:c>
+      <x:c r="B115" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C115" s="10" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D115" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E115" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="8">
+        <x:v>46238</x:v>
+      </x:c>
+      <x:c r="B116" s="9" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C116" s="10" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D116" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E116" s="9" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="8">
+        <x:v>46241</x:v>
+      </x:c>
+      <x:c r="B117" s="9" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C117" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D117" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E117" s="9" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="8">
+        <x:v>46248</x:v>
+      </x:c>
+      <x:c r="B118" s="9" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C118" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D118" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E118" s="9" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="8">
+        <x:v>46248</x:v>
+      </x:c>
+      <x:c r="B119" s="9" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C119" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D119" s="10" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E119" s="9" t="s">
+        <x:v>123</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="8">
+        <x:v>46251</x:v>
+      </x:c>
+      <x:c r="B120" s="9" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C120" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D120" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E120" s="9" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="8">
+        <x:v>46251</x:v>
+      </x:c>
+      <x:c r="B121" s="9" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C121" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D121" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E121" s="9" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="8">
+        <x:v>46253</x:v>
+      </x:c>
+      <x:c r="B122" s="9" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C122" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D122" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E122" s="9" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="8">
+        <x:v>46253</x:v>
+      </x:c>
+      <x:c r="B123" s="9" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C123" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D123" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E123" s="9" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="8">
+        <x:v>46253</x:v>
+      </x:c>
+      <x:c r="B124" s="9" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C124" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D124" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E124" s="9" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="8">
+        <x:v>46253</x:v>
+      </x:c>
+      <x:c r="B125" s="9" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C125" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D125" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E125" s="9" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="8">
+        <x:v>46253</x:v>
+      </x:c>
+      <x:c r="B126" s="9" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C126" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D126" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E126" s="9" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="8">
+        <x:v>46259</x:v>
+      </x:c>
+      <x:c r="B127" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C127" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D127" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E127" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="8">
+        <x:v>46262</x:v>
+      </x:c>
+      <x:c r="B128" s="9" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C128" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D128" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E128" s="9" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="8">
+        <x:v>46262</x:v>
+      </x:c>
+      <x:c r="B129" s="9" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C129" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D129" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E129" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="8">
+        <x:v>46262</x:v>
+      </x:c>
+      <x:c r="B130" s="9" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C130" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D130" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E130" s="9" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="8">
+        <x:v>46265</x:v>
+      </x:c>
+      <x:c r="B131" s="9" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C131" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D131" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E131" s="9" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="8">
+        <x:v>46267</x:v>
+      </x:c>
+      <x:c r="B132" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C132" s="10" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D132" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E132" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="8">
+        <x:v>46267</x:v>
+      </x:c>
+      <x:c r="B133" s="9" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C133" s="10" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D133" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E133" s="9" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="8">
+        <x:v>46268</x:v>
+      </x:c>
+      <x:c r="B134" s="9" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C134" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D134" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E134" s="9" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="8">
+        <x:v>46268</x:v>
+      </x:c>
+      <x:c r="B135" s="9" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C135" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D135" s="10" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E135" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="8">
+        <x:v>46272</x:v>
+      </x:c>
+      <x:c r="B136" s="9" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C136" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D136" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E136" s="9" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="8">
+        <x:v>46273</x:v>
+      </x:c>
+      <x:c r="B137" s="9" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C137" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D137" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E137" s="9" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="8">
+        <x:v>46273</x:v>
+      </x:c>
+      <x:c r="B138" s="9" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C138" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D138" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E138" s="9" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="8">
+        <x:v>46273</x:v>
+      </x:c>
+      <x:c r="B139" s="9" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C139" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D139" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E139" s="9" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="8">
+        <x:v>46273</x:v>
+      </x:c>
+      <x:c r="B140" s="9" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C140" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D140" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E140" s="9" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="8">
+        <x:v>46273</x:v>
+      </x:c>
+      <x:c r="B141" s="9" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C141" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D141" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E141" s="9" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="8">
+        <x:v>46273</x:v>
+      </x:c>
+      <x:c r="B142" s="9" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C142" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D142" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E142" s="9" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="8">
+        <x:v>46273</x:v>
+      </x:c>
+      <x:c r="B143" s="9" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C143" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D143" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E143" s="9" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="8">
+        <x:v>46273</x:v>
+      </x:c>
+      <x:c r="B144" s="9" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C144" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D144" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E144" s="9" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="8">
+        <x:v>46273</x:v>
+      </x:c>
+      <x:c r="B145" s="9" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C145" s="10" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D145" s="10" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E145" s="9" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="8">
+        <x:v>46273</x:v>
+      </x:c>
+      <x:c r="B146" s="9" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C146" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D146" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E146" s="9" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="8">
+        <x:v>46276</x:v>
+      </x:c>
+      <x:c r="B147" s="9" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C147" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D147" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E147" s="9" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="8">
+        <x:v>46276</x:v>
+      </x:c>
+      <x:c r="B148" s="9" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C148" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D148" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E148" s="9" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="8">
+        <x:v>46276</x:v>
+      </x:c>
+      <x:c r="B149" s="9" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C149" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D149" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E149" s="9" t="s">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="8">
+        <x:v>46279</x:v>
+      </x:c>
+      <x:c r="B150" s="9" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C150" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D150" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E150" s="9" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="8">
+        <x:v>46282</x:v>
+      </x:c>
+      <x:c r="B151" s="9" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C151" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D151" s="10" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="E151" s="9" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="8">
+        <x:v>46282</x:v>
+      </x:c>
+      <x:c r="B152" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C152" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D152" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E152" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="8">
+        <x:v>46282</x:v>
+      </x:c>
+      <x:c r="B153" s="9" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C153" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D153" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E153" s="9" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="8">
+        <x:v>46282</x:v>
+      </x:c>
+      <x:c r="B154" s="9" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C154" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D154" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E154" s="9" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="8">
+        <x:v>46282</x:v>
+      </x:c>
+      <x:c r="B155" s="9" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C155" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D155" s="10" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E155" s="9" t="s">
+        <x:v>128</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="8">
+        <x:v>46282</x:v>
+      </x:c>
+      <x:c r="B156" s="9" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C156" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D156" s="10" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E156" s="9" t="s">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="8">
+        <x:v>46282</x:v>
+      </x:c>
+      <x:c r="B157" s="9" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C157" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D157" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E157" s="9" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="8">
+        <x:v>46282</x:v>
+      </x:c>
+      <x:c r="B158" s="9" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C158" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D158" s="10" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E158" s="9" t="s">
+        <x:v>132</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="8">
+        <x:v>46287</x:v>
+      </x:c>
+      <x:c r="B159" s="9" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C159" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D159" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E159" s="9" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="8">
+        <x:v>46288</x:v>
+      </x:c>
+      <x:c r="B160" s="9" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C160" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D160" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E160" s="9" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="8">
+        <x:v>46288</x:v>
+      </x:c>
+      <x:c r="B161" s="9" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C161" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D161" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E161" s="9" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="8">
+        <x:v>46288</x:v>
+      </x:c>
+      <x:c r="B162" s="9" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C162" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D162" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E162" s="9" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="8">
+        <x:v>46290</x:v>
+      </x:c>
+      <x:c r="B163" s="9" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C163" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D163" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E163" s="9" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="8">
+        <x:v>46293</x:v>
+      </x:c>
+      <x:c r="B164" s="9" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C164" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D164" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E164" s="9" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="8">
+        <x:v>46293</x:v>
+      </x:c>
+      <x:c r="B165" s="9" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C165" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D165" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E165" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="8">
+        <x:v>46293</x:v>
+      </x:c>
+      <x:c r="B166" s="9" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C166" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D166" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E166" s="9" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="8">
+        <x:v>46293</x:v>
+      </x:c>
+      <x:c r="B167" s="9" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C167" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D167" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E167" s="9" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="8">
+        <x:v>46294</x:v>
+      </x:c>
+      <x:c r="B168" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C168" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D168" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E168" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="8">
+        <x:v>46295</x:v>
+      </x:c>
+      <x:c r="B169" s="9" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C169" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D169" s="10" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E169" s="9" t="s">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="8">
+        <x:v>46295</x:v>
+      </x:c>
+      <x:c r="B170" s="9" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C170" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D170" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E170" s="9" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="8">
+        <x:v>46295</x:v>
+      </x:c>
+      <x:c r="B171" s="9" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C171" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D171" s="10" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E171" s="9" t="s">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="8">
+        <x:v>46295</x:v>
+      </x:c>
+      <x:c r="B172" s="9" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C172" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D172" s="10" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E172" s="9" t="s">
+        <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="8">
+        <x:v>46295</x:v>
+      </x:c>
+      <x:c r="B173" s="9" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C173" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D173" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E173" s="9" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="8">
+        <x:v>46297</x:v>
+      </x:c>
+      <x:c r="B174" s="9" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C174" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D174" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E174" s="9" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="8">
+        <x:v>46297</x:v>
+      </x:c>
+      <x:c r="B175" s="9" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C175" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D175" s="10" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E175" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="8">
+        <x:v>46297</x:v>
+      </x:c>
+      <x:c r="B176" s="9" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C176" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D176" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E176" s="9" t="s">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="8">
+        <x:v>46297</x:v>
+      </x:c>
+      <x:c r="B177" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C177" s="10" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D177" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E177" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:5">
+      <x:c r="A178" s="8">
+        <x:v>46297</x:v>
+      </x:c>
+      <x:c r="B178" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C178" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D178" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E178" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:5">
+      <x:c r="A179" s="8">
+        <x:v>46297</x:v>
+      </x:c>
+      <x:c r="B179" s="9" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C179" s="10" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D179" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E179" s="9" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:5">
+      <x:c r="A180" s="8">
+        <x:v>46302</x:v>
+      </x:c>
+      <x:c r="B180" s="9" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C180" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D180" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E180" s="9" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:5">
+      <x:c r="A181" s="8">
+        <x:v>46309</x:v>
+      </x:c>
+      <x:c r="B181" s="9" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C181" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D181" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E181" s="9" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="8">
+        <x:v>46314</x:v>
+      </x:c>
+      <x:c r="B182" s="9" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C182" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D182" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E182" s="9" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="8">
+        <x:v>46322</x:v>
+      </x:c>
+      <x:c r="B183" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C183" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D183" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E183" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="8">
+        <x:v>46322</x:v>
+      </x:c>
+      <x:c r="B184" s="9" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C184" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D184" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E184" s="9" t="s">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="8">
+        <x:v>46323</x:v>
+      </x:c>
+      <x:c r="B185" s="9" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C185" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D185" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E185" s="9" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="8">
+        <x:v>46323</x:v>
+      </x:c>
+      <x:c r="B186" s="9" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C186" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D186" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E186" s="9" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="8">
+        <x:v>46323</x:v>
+      </x:c>
+      <x:c r="B187" s="9" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C187" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D187" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E187" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="8">
+        <x:v>46323</x:v>
+      </x:c>
+      <x:c r="B188" s="9" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C188" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D188" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E188" s="9" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="8">
+        <x:v>46325</x:v>
+      </x:c>
+      <x:c r="B189" s="9" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C189" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D189" s="10" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E189" s="9" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="8">
+        <x:v>46325</x:v>
+      </x:c>
+      <x:c r="B190" s="9" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C190" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D190" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E190" s="9" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="8">
+        <x:v>46328</x:v>
+      </x:c>
+      <x:c r="B191" s="9" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C191" s="10" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D191" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E191" s="9" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="8">
+        <x:v>46329</x:v>
+      </x:c>
+      <x:c r="B192" s="9" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C192" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D192" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E192" s="9" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="8">
+        <x:v>46329</x:v>
+      </x:c>
+      <x:c r="B193" s="9" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C193" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D193" s="10" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E193" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="8">
+        <x:v>46329</x:v>
+      </x:c>
+      <x:c r="B194" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C194" s="10" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D194" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E194" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="8">
+        <x:v>46332</x:v>
+      </x:c>
+      <x:c r="B195" s="9" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C195" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D195" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E195" s="9" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="8">
+        <x:v>46339</x:v>
+      </x:c>
+      <x:c r="B196" s="9" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C196" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D196" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E196" s="9" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="8">
+        <x:v>46342</x:v>
+      </x:c>
+      <x:c r="B197" s="9" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C197" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D197" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E197" s="9" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="8">
+        <x:v>46343</x:v>
+      </x:c>
+      <x:c r="B198" s="9" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C198" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D198" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E198" s="9" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="8">
+        <x:v>46344</x:v>
+      </x:c>
+      <x:c r="B199" s="9" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C199" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D199" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E199" s="9" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="8">
+        <x:v>46345</x:v>
+      </x:c>
+      <x:c r="B200" s="9" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C200" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D200" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E200" s="9" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="8">
+        <x:v>46345</x:v>
+      </x:c>
+      <x:c r="B201" s="9" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C201" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D201" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E201" s="9" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="8">
+        <x:v>46345</x:v>
+      </x:c>
+      <x:c r="B202" s="9" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C202" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D202" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E202" s="9" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="8">
+        <x:v>46345</x:v>
+      </x:c>
+      <x:c r="B203" s="9" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C203" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D203" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E203" s="9" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="8">
+        <x:v>46350</x:v>
+      </x:c>
+      <x:c r="B204" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C204" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D204" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E204" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="8">
+        <x:v>46353</x:v>
+      </x:c>
+      <x:c r="B205" s="9" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C205" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D205" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E205" s="9" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="8">
+        <x:v>46353</x:v>
+      </x:c>
+      <x:c r="B206" s="9" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C206" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D206" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E206" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="8">
+        <x:v>46353</x:v>
+      </x:c>
+      <x:c r="B207" s="9" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C207" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D207" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E207" s="9" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="8">
+        <x:v>46356</x:v>
+      </x:c>
+      <x:c r="B208" s="9" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C208" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D208" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E208" s="9" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="8">
+        <x:v>46357</x:v>
+      </x:c>
+      <x:c r="B209" s="9" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C209" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D209" s="10" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E209" s="9" t="s">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="8">
+        <x:v>46358</x:v>
+      </x:c>
+      <x:c r="B210" s="9" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C210" s="10" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D210" s="10" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E210" s="9" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="8">
+        <x:v>46358</x:v>
+      </x:c>
+      <x:c r="B211" s="9" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C211" s="10" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D211" s="10" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E211" s="9" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="8">
+        <x:v>46359</x:v>
+      </x:c>
+      <x:c r="B212" s="9" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C212" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D212" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E212" s="9" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="8">
+        <x:v>46359</x:v>
+      </x:c>
+      <x:c r="B213" s="9" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C213" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D213" s="10" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E213" s="9" t="s">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="8">
+        <x:v>46363</x:v>
+      </x:c>
+      <x:c r="B214" s="9" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C214" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D214" s="10" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E214" s="9" t="s">
+        <x:v>54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:5">
+      <x:c r="A215" s="8">
+        <x:v>46364</x:v>
+      </x:c>
+      <x:c r="B215" s="9" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C215" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D215" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E215" s="9" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:5">
+      <x:c r="A216" s="8">
+        <x:v>46364</x:v>
+      </x:c>
+      <x:c r="B216" s="9" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C216" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D216" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E216" s="9" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:5">
+      <x:c r="A217" s="8">
+        <x:v>46364</x:v>
+      </x:c>
+      <x:c r="B217" s="9" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C217" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D217" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E217" s="9" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:5">
+      <x:c r="A218" s="8">
+        <x:v>46364</x:v>
+      </x:c>
+      <x:c r="B218" s="9" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C218" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D218" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E218" s="9" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:5">
+      <x:c r="A219" s="8">
+        <x:v>46365</x:v>
+      </x:c>
+      <x:c r="B219" s="9" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C219" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D219" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E219" s="9" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:5">
+      <x:c r="A220" s="8">
+        <x:v>46365</x:v>
+      </x:c>
+      <x:c r="B220" s="9" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C220" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D220" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E220" s="9" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:5">
+      <x:c r="A221" s="8">
+        <x:v>46365</x:v>
+      </x:c>
+      <x:c r="B221" s="9" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C221" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D221" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E221" s="9" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:5">
+      <x:c r="A222" s="8">
+        <x:v>46365</x:v>
+      </x:c>
+      <x:c r="B222" s="9" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C222" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D222" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E222" s="9" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:5">
+      <x:c r="A223" s="8">
+        <x:v>46365</x:v>
+      </x:c>
+      <x:c r="B223" s="9" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C223" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D223" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E223" s="9" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:5">
+      <x:c r="A224" s="8">
+        <x:v>46366</x:v>
+      </x:c>
+      <x:c r="B224" s="9" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C224" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D224" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E224" s="9" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:5">
+      <x:c r="A225" s="8">
+        <x:v>46366</x:v>
+      </x:c>
+      <x:c r="B225" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C225" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D225" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E225" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:5">
+      <x:c r="A226" s="8">
+        <x:v>46366</x:v>
+      </x:c>
+      <x:c r="B226" s="9" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C226" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D226" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E226" s="9" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:5">
+      <x:c r="A227" s="8">
+        <x:v>46366</x:v>
+      </x:c>
+      <x:c r="B227" s="9" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C227" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D227" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E227" s="9" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:5">
+      <x:c r="A228" s="8">
+        <x:v>46367</x:v>
+      </x:c>
+      <x:c r="B228" s="9" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C228" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D228" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E228" s="9" t="s">
+        <x:v>96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:5">
+      <x:c r="A229" s="8">
+        <x:v>46367</x:v>
+      </x:c>
+      <x:c r="B229" s="9" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C229" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D229" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E229" s="9" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:5">
+      <x:c r="A230" s="8">
+        <x:v>46367</x:v>
+      </x:c>
+      <x:c r="B230" s="9" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C230" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D230" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E230" s="9" t="s">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:5">
+      <x:c r="A231" s="8">
+        <x:v>46370</x:v>
+      </x:c>
+      <x:c r="B231" s="9" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C231" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D231" s="10" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E231" s="9" t="s">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:5">
+      <x:c r="A232" s="8">
+        <x:v>46373</x:v>
+      </x:c>
+      <x:c r="B232" s="9" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C232" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D232" s="10" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E232" s="9" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:5">
+      <x:c r="A233" s="8">
+        <x:v>46379</x:v>
+      </x:c>
+      <x:c r="B233" s="9" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C233" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D233" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E233" s="9" t="s">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:5">
+      <x:c r="A234" s="8">
+        <x:v>46380</x:v>
+      </x:c>
+      <x:c r="B234" s="9" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C234" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D234" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E234" s="9" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:5">
+      <x:c r="A235" s="8">
+        <x:v>46380</x:v>
+      </x:c>
+      <x:c r="B235" s="9" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C235" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D235" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E235" s="9" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:5">
+      <x:c r="A236" s="8">
+        <x:v>46380</x:v>
+      </x:c>
+      <x:c r="B236" s="9" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C236" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D236" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E236" s="9" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:5">
+      <x:c r="A237" s="8">
+        <x:v>46380</x:v>
+      </x:c>
+      <x:c r="B237" s="9" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C237" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D237" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E237" s="9" t="s">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238" spans="1:5">
+      <x:c r="A238" s="8">
+        <x:v>46383</x:v>
+      </x:c>
+      <x:c r="B238" s="9" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C238" s="10" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D238" s="10" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E238" s="9" t="s">
+        <x:v>146</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239" spans="1:5">
+      <x:c r="A239" s="8">
+        <x:v>46385</x:v>
+      </x:c>
+      <x:c r="B239" s="9" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C239" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D239" s="10" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E239" s="9" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="240" spans="1:5">
+      <x:c r="A240" s="8">
+        <x:v>46385</x:v>
+      </x:c>
+      <x:c r="B240" s="9" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C240" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D240" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E240" s="9" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="241" spans="1:5">
+      <x:c r="A241" s="8">
+        <x:v>46386</x:v>
+      </x:c>
+      <x:c r="B241" s="9" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C241" s="10" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D241" s="10" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E241" s="9" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="242" spans="1:5">
+      <x:c r="A242" s="8">
+        <x:v>46387</x:v>
+      </x:c>
+      <x:c r="B242" s="9" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C242" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D242" s="10" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E242" s="9" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="243" spans="1:5">
+      <x:c r="A243" s="8">
+        <x:v>46387</x:v>
+      </x:c>
+      <x:c r="B243" s="9" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C243" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D243" s="10" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E243" s="9" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="244" spans="1:5">
+      <x:c r="A244" s="8">
+        <x:v>46387</x:v>
+      </x:c>
+      <x:c r="B244" s="9" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C244" s="10" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D244" s="10" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="E244" s="9" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="245" spans="1:5">
+      <x:c r="A245" s="8">
+        <x:v>46387</x:v>
+      </x:c>
+      <x:c r="B245" s="9" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C245" s="10" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D245" s="10" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="E245" s="9" t="s">
+        <x:v>117</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Entries</vt:lpstr>
       <vt:lpstr>Entries!Print_Area</vt:lpstr>
       <vt:lpstr>Entries!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>